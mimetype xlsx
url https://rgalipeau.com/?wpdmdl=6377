--- v0 (2025-10-14)
+++ v1 (2026-03-21)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="10209"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="10215"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/jpung/Library/CloudStorage/GoogleDrive-info@jpung.me/Shared drives/EBC, RG, III - Actifs numériques/Questionnaires - Spécifiques - Commun/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CE436878-0793-844F-9743-E5135E7B8D14}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E7AE522E-39A2-AD42-971C-C79FAFD06CA6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="500" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="7940" yWindow="3380" windowWidth="34980" windowHeight="17640" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="T1135" sheetId="1" r:id="rId1"/>
+    <sheet name="T1135-TP1079.8 BE " sheetId="1" r:id="rId1"/>
     <sheet name="Devises" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="775" uniqueCount="623">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="789" uniqueCount="636">
   <si>
     <t>Section 1 : Fonds détenus à l'étranger</t>
   </si>
   <si>
     <t>Inscrivez ici tout compte bancaire détenu à n'importe quel moment de l'année à l'extérieur du Canada.</t>
   </si>
   <si>
     <t>Nom de la banque, description et numéro du compte</t>
   </si>
   <si>
     <t>Pourcentage si compte conjoint</t>
   </si>
   <si>
     <t>Questionnaire T1135 : biens étrangers</t>
   </si>
   <si>
     <t xml:space="preserve">Instructions : </t>
   </si>
   <si>
     <t>Maximum durant l'année</t>
   </si>
   <si>
     <t>Fonds en fin d'année</t>
   </si>
   <si>
@@ -1785,53 +1785,50 @@
     <t>Section 5 : Immeubles à l'étranger</t>
   </si>
   <si>
     <t xml:space="preserve">Pour les biens acquis après l'arrivée au Canada, le coût fiscal est le coût d'achat réel. </t>
   </si>
   <si>
     <t>Le coût des biens acquis par donation sont réputés être la valeur marchande au moment de la donation (sauf si avant l'arrivée au Canada, voir premier sous-point).</t>
   </si>
   <si>
     <t>Adresse de l'immeuble, description et usage de l'immeuble</t>
   </si>
   <si>
     <t>ex. 122 routes du Président, France, condo, usage locatif</t>
   </si>
   <si>
     <t>Gain en capitaux (si vente)</t>
   </si>
   <si>
     <t>Section 6 : Autres biens</t>
   </si>
   <si>
     <t>Inscrivez ici tout ce qui n'est pas ailleurs, par exemple des assurance-vies.</t>
   </si>
   <si>
     <t>Description du bien, numéro de comptes, etc…</t>
-  </si>
-[...1 lines deleted...]
-    <t>Section 7 : Biens détenus dans un compte de courtage en valeur mobilières canadienne</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
     <t>exemple :  CIBC, placements #123456, actions ou fonds communs</t>
   </si>
   <si>
     <t>Section 4 : Participation dans une fiducie non résident</t>
   </si>
   <si>
     <t>Si vous avez des livrets A, B, orange, etc, c'est ici à cet endroit qu'il faut l'indiquer (France).</t>
   </si>
   <si>
     <t>Inscrivez ici tout placement en actions ou en fonds communs détenus à n'importe quel moment de l'année à l'extérieur du Canada.</t>
   </si>
   <si>
     <t xml:space="preserve">Exemple : Fiducie Familliale, héritage </t>
   </si>
   <si>
     <t>Nom de la fiducie, description</t>
   </si>
   <si>
     <t>N'hésitez pas à consulter votre fiscaliste pour remplir ce questionnaire.</t>
   </si>
@@ -2312,62 +2309,150 @@
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF0070C0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Note</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF0070C0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> : la majorité des banques canadiennes peuvent vous fournir le rapport des biens étrangers aux fins du T1135.</t>
     </r>
   </si>
   <si>
-    <t>v.2025-02-18</t>
+    <t xml:space="preserve">Nom de la société </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Code du pays </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coût indiqué maximal au cours de l'année </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coût indiqué à la fin de l'année </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Revenu Brut </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gain (ou  perte) Résultat de l'aliénation </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Si applicable </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Action de société 1 </t>
+  </si>
+  <si>
+    <t>Action de société 2</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Exemple</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> : Action société générale France </t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Additionnez les montants de chacune des colonnes C à F </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Section 2.1: Actions de sociétés non résidentes </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Section 7 : Biens détenus dans un compte de courtage en valeur mobilières canadienne ou d'une société de fiducie canadienne  </t>
+  </si>
+  <si>
+    <r>
+      <t>Remplissez obligatoirement la section (2.1)  ci-dessous du  formulaire relatif aux biens étrangers si vous résidiez dans</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> la province de Québec</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">  au 31 décembre de l'année civile.
+</t>
+    </r>
+  </si>
+  <si>
+    <t>v.2026-02-23</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="17">
+  <fonts count="19">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF444444"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF333333"/>
       <name val="Inherit"/>
@@ -2453,169 +2538,207 @@
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="12"/>
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <b/>
+      <sz val="13"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="4"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="5">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="34">
+  <cellXfs count="43">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="43" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="2"/>
     </xf>
     <xf numFmtId="43" fontId="12" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Currency" xfId="2" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
@@ -2865,233 +2988,217 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J85"/>
+  <dimension ref="A1:J97"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="J4" sqref="J4"/>
+      <selection activeCell="L6" sqref="L6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="59.6640625" customWidth="1"/>
     <col min="2" max="2" width="12.5" customWidth="1"/>
     <col min="3" max="3" width="15.5" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.5" customWidth="1"/>
     <col min="5" max="5" width="14.6640625" customWidth="1"/>
-    <col min="6" max="6" width="12.5" customWidth="1"/>
+    <col min="6" max="6" width="15.33203125" customWidth="1"/>
     <col min="7" max="7" width="16.5" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="26">
       <c r="A1" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="H1" s="21"/>
-[...6 lines deleted...]
-      <c r="J2" s="21"/>
+      <c r="J1" t="s">
+        <v>635</v>
+      </c>
     </row>
     <row r="3" spans="1:10" ht="16">
-      <c r="A3" s="33" t="s">
+      <c r="A3" s="30" t="s">
         <v>5</v>
       </c>
-      <c r="B3" s="28"/>
-[...7 lines deleted...]
-      <c r="J3" s="21"/>
+      <c r="B3" s="25"/>
+      <c r="C3" s="25"/>
+      <c r="D3" s="25"/>
+      <c r="E3" s="25"/>
+      <c r="F3" s="25"/>
     </row>
     <row r="4" spans="1:10">
-      <c r="A4" s="28" t="s">
+      <c r="A4" s="25" t="s">
+        <v>609</v>
+      </c>
+      <c r="B4" s="25"/>
+      <c r="C4" s="25"/>
+      <c r="D4" s="25"/>
+      <c r="E4" s="25"/>
+      <c r="F4" s="25"/>
+    </row>
+    <row r="5" spans="1:10">
+      <c r="A5" s="25" t="s">
+        <v>602</v>
+      </c>
+      <c r="B5" s="25"/>
+      <c r="C5" s="25"/>
+      <c r="D5" s="25"/>
+      <c r="E5" s="25"/>
+      <c r="F5" s="25"/>
+    </row>
+    <row r="6" spans="1:10">
+      <c r="A6" s="26" t="s">
         <v>610</v>
       </c>
-      <c r="B4" s="28"/>
-[...31 lines deleted...]
-      <c r="G6" s="28"/>
+      <c r="B6" s="25"/>
+      <c r="C6" s="25"/>
+      <c r="D6" s="25"/>
+      <c r="E6" s="25"/>
+      <c r="F6" s="25"/>
+      <c r="G6" s="25"/>
     </row>
     <row r="7" spans="1:10">
-      <c r="A7" s="29" t="s">
-[...7 lines deleted...]
-      <c r="G7" s="28"/>
+      <c r="A7" s="26" t="s">
+        <v>595</v>
+      </c>
+      <c r="B7" s="25"/>
+      <c r="C7" s="25"/>
+      <c r="D7" s="25"/>
+      <c r="E7" s="25"/>
+      <c r="F7" s="25"/>
+      <c r="G7" s="25"/>
     </row>
     <row r="8" spans="1:10">
-      <c r="A8" s="29" t="s">
+      <c r="A8" s="26" t="s">
         <v>579</v>
       </c>
-      <c r="B8" s="28"/>
-[...4 lines deleted...]
-      <c r="G8" s="28"/>
+      <c r="B8" s="25"/>
+      <c r="C8" s="25"/>
+      <c r="D8" s="25"/>
+      <c r="E8" s="25"/>
+      <c r="F8" s="25"/>
+      <c r="G8" s="25"/>
     </row>
     <row r="9" spans="1:10">
-      <c r="A9" s="29" t="s">
+      <c r="A9" s="26" t="s">
         <v>580</v>
       </c>
-      <c r="B9" s="28"/>
-[...4 lines deleted...]
-      <c r="G9" s="28"/>
+      <c r="B9" s="25"/>
+      <c r="C9" s="25"/>
+      <c r="D9" s="25"/>
+      <c r="E9" s="25"/>
+      <c r="F9" s="25"/>
+      <c r="G9" s="25"/>
     </row>
     <row r="11" spans="1:10" ht="17">
-      <c r="A11" s="32" t="s">
+      <c r="A11" s="29" t="s">
         <v>0</v>
       </c>
       <c r="B11" s="4"/>
     </row>
     <row r="12" spans="1:10">
-      <c r="A12" s="28" t="s">
+      <c r="A12" s="25" t="s">
         <v>1</v>
       </c>
-      <c r="B12" s="28"/>
-[...1 lines deleted...]
-      <c r="D12" s="28"/>
+      <c r="B12" s="25"/>
+      <c r="C12" s="25"/>
+      <c r="D12" s="25"/>
     </row>
     <row r="13" spans="1:10">
-      <c r="A13" s="28" t="s">
-[...4 lines deleted...]
-      <c r="D13" s="28"/>
+      <c r="A13" s="25" t="s">
+        <v>590</v>
+      </c>
+      <c r="B13" s="25"/>
+      <c r="C13" s="25"/>
+      <c r="D13" s="25"/>
     </row>
     <row r="14" spans="1:10" ht="6.5" customHeight="1"/>
     <row r="15" spans="1:10" ht="43.25" customHeight="1">
       <c r="A15" s="11" t="s">
         <v>2</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>574</v>
       </c>
       <c r="C15" s="12" t="s">
         <v>3</v>
       </c>
       <c r="D15" s="14" t="s">
         <v>6</v>
       </c>
       <c r="E15" s="14" t="s">
         <v>7</v>
       </c>
       <c r="F15" s="14" t="s">
         <v>8</v>
       </c>
       <c r="G15" s="12" t="s">
         <v>9</v>
       </c>
       <c r="H15" s="12"/>
     </row>
     <row r="16" spans="1:10">
-      <c r="A16" s="22" t="s">
-[...2 lines deleted...]
-      <c r="B16" s="23" t="s">
+      <c r="A16" s="21" t="s">
+        <v>606</v>
+      </c>
+      <c r="B16" s="22" t="s">
         <v>575</v>
       </c>
-      <c r="C16" s="24">
+      <c r="C16" s="23">
         <v>1</v>
       </c>
-      <c r="D16" s="25">
+      <c r="D16" s="24">
         <v>150154.23000000001</v>
       </c>
-      <c r="E16" s="25">
+      <c r="E16" s="24">
         <v>140256.23000000001</v>
       </c>
-      <c r="F16" s="25">
+      <c r="F16" s="24">
         <v>5.23</v>
       </c>
-      <c r="G16" s="23" t="s">
+      <c r="G16" s="22" t="s">
         <v>10</v>
       </c>
       <c r="H16" s="15"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>563</v>
       </c>
       <c r="B17" s="15"/>
       <c r="C17" s="15"/>
       <c r="D17" s="16"/>
       <c r="E17" s="16"/>
       <c r="F17" s="16"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>564</v>
       </c>
       <c r="B18" s="15"/>
       <c r="C18" s="15"/>
       <c r="D18" s="16"/>
       <c r="E18" s="16"/>
       <c r="F18" s="16"/>
@@ -3099,883 +3206,994 @@
       <c r="H18" s="15"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>565</v>
       </c>
       <c r="B19" s="15"/>
       <c r="C19" s="15"/>
       <c r="D19" s="16"/>
       <c r="E19" s="16"/>
       <c r="F19" s="16"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15"/>
     </row>
     <row r="20" spans="1:9" ht="16" thickBot="1">
       <c r="A20" s="6"/>
       <c r="B20" s="6"/>
       <c r="C20" s="6"/>
       <c r="D20" s="7"/>
       <c r="E20" s="7"/>
       <c r="F20" s="7"/>
       <c r="G20" s="6"/>
       <c r="H20" s="6"/>
     </row>
     <row r="21" spans="1:9" ht="18" thickTop="1">
-      <c r="A21" s="32" t="s">
+      <c r="A21" s="29" t="s">
         <v>569</v>
       </c>
       <c r="B21" s="4"/>
       <c r="D21" s="5"/>
       <c r="E21" s="5"/>
       <c r="F21" s="5"/>
     </row>
     <row r="22" spans="1:9">
-      <c r="A22" s="28" t="s">
-[...9 lines deleted...]
-      <c r="I22" s="28"/>
+      <c r="A22" s="25" t="s">
+        <v>591</v>
+      </c>
+      <c r="B22" s="25"/>
+      <c r="C22" s="25"/>
+      <c r="D22" s="27"/>
+      <c r="E22" s="27"/>
+      <c r="F22" s="27"/>
+      <c r="G22" s="25"/>
+      <c r="H22" s="25"/>
+      <c r="I22" s="25"/>
     </row>
     <row r="23" spans="1:9">
-      <c r="A23" s="28" t="s">
+      <c r="A23" s="25" t="s">
+        <v>611</v>
+      </c>
+      <c r="B23" s="25"/>
+      <c r="C23" s="25"/>
+      <c r="D23" s="27"/>
+      <c r="E23" s="27"/>
+      <c r="F23" s="27"/>
+      <c r="G23" s="25"/>
+      <c r="H23" s="25"/>
+      <c r="I23" s="25"/>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24" s="25" t="s">
         <v>612</v>
       </c>
-      <c r="B23" s="28"/>
-[...9 lines deleted...]
-      <c r="A24" s="28" t="s">
+      <c r="B24" s="25"/>
+      <c r="C24" s="25"/>
+      <c r="D24" s="27"/>
+      <c r="E24" s="27"/>
+      <c r="F24" s="27"/>
+      <c r="G24" s="25"/>
+      <c r="H24" s="25"/>
+      <c r="I24" s="25"/>
+    </row>
+    <row r="25" spans="1:9" ht="16.25" customHeight="1">
+      <c r="A25" s="25" t="s">
         <v>613</v>
       </c>
-      <c r="B24" s="28"/>
-[...19 lines deleted...]
-      <c r="I25" s="28"/>
+      <c r="B25" s="25"/>
+      <c r="C25" s="25"/>
+      <c r="D25" s="27"/>
+      <c r="E25" s="27"/>
+      <c r="F25" s="27"/>
+      <c r="G25" s="25"/>
+      <c r="H25" s="25"/>
+      <c r="I25" s="25"/>
     </row>
     <row r="26" spans="1:9" ht="6.5" customHeight="1"/>
     <row r="27" spans="1:9" ht="43.25" customHeight="1">
       <c r="A27" s="11" t="s">
         <v>566</v>
       </c>
       <c r="B27" s="12" t="s">
         <v>574</v>
       </c>
       <c r="C27" s="12" t="s">
         <v>3</v>
       </c>
       <c r="D27" s="14" t="s">
+        <v>596</v>
+      </c>
+      <c r="E27" s="14" t="s">
         <v>597</v>
-      </c>
-[...1 lines deleted...]
-        <v>598</v>
       </c>
       <c r="F27" s="14" t="s">
         <v>567</v>
       </c>
       <c r="G27" s="12" t="s">
         <v>568</v>
       </c>
       <c r="H27" s="12" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:9">
-      <c r="A28" s="22" t="s">
-[...2 lines deleted...]
-      <c r="B28" s="23" t="s">
+      <c r="A28" s="21" t="s">
+        <v>607</v>
+      </c>
+      <c r="B28" s="22" t="s">
         <v>575</v>
       </c>
-      <c r="C28" s="24">
+      <c r="C28" s="23">
         <v>1</v>
       </c>
-      <c r="D28" s="25">
+      <c r="D28" s="24">
         <v>265899.44</v>
       </c>
-      <c r="E28" s="25">
+      <c r="E28" s="24">
         <v>124.22</v>
       </c>
-      <c r="F28" s="25">
+      <c r="F28" s="24">
         <v>5.23</v>
       </c>
-      <c r="G28" s="25">
+      <c r="G28" s="24">
         <v>-450.23</v>
       </c>
-      <c r="H28" s="23" t="s">
+      <c r="H28" s="22" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>563</v>
       </c>
       <c r="B29" s="15"/>
       <c r="C29" s="15"/>
       <c r="D29" s="17"/>
       <c r="E29" s="17"/>
       <c r="F29" s="17"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>564</v>
       </c>
       <c r="B30" s="15"/>
       <c r="C30" s="15"/>
       <c r="D30" s="17"/>
       <c r="E30" s="17"/>
       <c r="F30" s="17"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15"/>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>565</v>
       </c>
       <c r="D31" s="1"/>
       <c r="E31" s="1"/>
       <c r="F31" s="1"/>
     </row>
     <row r="32" spans="1:9" ht="16" thickBot="1">
       <c r="A32" s="6"/>
       <c r="B32" s="6"/>
       <c r="C32" s="6"/>
       <c r="D32" s="8"/>
       <c r="E32" s="8"/>
       <c r="F32" s="8"/>
       <c r="G32" s="6"/>
       <c r="H32" s="6"/>
     </row>
-    <row r="33" spans="1:8" ht="18" thickTop="1">
-[...69 lines deleted...]
-      <c r="H38" s="15"/>
+    <row r="33" spans="1:8" ht="16" thickTop="1">
+      <c r="D33" s="1"/>
+      <c r="E33" s="1"/>
+      <c r="F33" s="1"/>
+    </row>
+    <row r="34" spans="1:8" ht="64">
+      <c r="A34" s="42" t="s">
+        <v>634</v>
+      </c>
+      <c r="B34" s="41"/>
+      <c r="D34" s="1"/>
+      <c r="E34" s="1"/>
+      <c r="F34" s="1"/>
+    </row>
+    <row r="35" spans="1:8" ht="17">
+      <c r="A35" s="32" t="s">
+        <v>632</v>
+      </c>
+      <c r="D35" s="1"/>
+      <c r="E35" s="1"/>
+      <c r="F35" s="1"/>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" s="39" t="s">
+        <v>631</v>
+      </c>
+      <c r="D36" s="1"/>
+      <c r="E36" s="1"/>
+      <c r="F36" s="1"/>
+    </row>
+    <row r="37" spans="1:8" ht="6" customHeight="1">
+      <c r="D37" s="1"/>
+      <c r="E37" s="1"/>
+      <c r="F37" s="1"/>
+    </row>
+    <row r="38" spans="1:8" ht="48">
+      <c r="A38" s="33" t="s">
+        <v>621</v>
+      </c>
+      <c r="B38" s="33" t="s">
+        <v>622</v>
+      </c>
+      <c r="C38" s="12" t="s">
+        <v>623</v>
+      </c>
+      <c r="D38" s="34" t="s">
+        <v>624</v>
+      </c>
+      <c r="E38" s="35" t="s">
+        <v>625</v>
+      </c>
+      <c r="F38" s="34" t="s">
+        <v>626</v>
+      </c>
+      <c r="G38" s="31"/>
     </row>
     <row r="39" spans="1:8">
-      <c r="A39" t="s">
-[...8 lines deleted...]
-      <c r="H39" s="15"/>
+      <c r="A39" s="21" t="s">
+        <v>630</v>
+      </c>
+      <c r="B39" s="36" t="s">
+        <v>575</v>
+      </c>
+      <c r="C39" s="38">
+        <v>20000</v>
+      </c>
+      <c r="D39" s="38">
+        <v>25000</v>
+      </c>
+      <c r="E39" s="38">
+        <v>1000</v>
+      </c>
+      <c r="F39" s="37" t="s">
+        <v>627</v>
+      </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>628</v>
+      </c>
+      <c r="D40" s="1"/>
+      <c r="E40" s="1"/>
+      <c r="F40" s="1"/>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>629</v>
+      </c>
+      <c r="D41" s="1"/>
+      <c r="E41" s="1"/>
+      <c r="F41" s="1"/>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
         <v>565</v>
       </c>
-      <c r="B40" s="15"/>
-[...61 lines deleted...]
-      <c r="B47" s="13" t="s">
+      <c r="D42" s="1"/>
+      <c r="E42" s="1"/>
+      <c r="F42" s="1"/>
+    </row>
+    <row r="43" spans="1:8" ht="16" thickBot="1">
+      <c r="A43" s="6"/>
+      <c r="B43" s="6"/>
+      <c r="C43" s="6"/>
+      <c r="D43" s="8"/>
+      <c r="E43" s="8"/>
+      <c r="F43" s="8"/>
+      <c r="G43" s="6"/>
+      <c r="H43" s="6"/>
+    </row>
+    <row r="44" spans="1:8" ht="16" thickTop="1">
+      <c r="D44" s="1"/>
+      <c r="E44" s="1"/>
+      <c r="F44" s="1"/>
+    </row>
+    <row r="45" spans="1:8" ht="17">
+      <c r="A45" s="29" t="s">
+        <v>570</v>
+      </c>
+      <c r="B45" s="4"/>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" s="25" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" ht="6.5" customHeight="1"/>
+    <row r="48" spans="1:8" s="18" customFormat="1" ht="40.25" customHeight="1">
+      <c r="A48" s="19" t="s">
+        <v>571</v>
+      </c>
+      <c r="B48" s="12" t="s">
         <v>574</v>
       </c>
-      <c r="C47" s="14" t="s">
+      <c r="C48" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="D48" s="12" t="s">
+        <v>596</v>
+      </c>
+      <c r="E48" s="14" t="s">
         <v>597</v>
       </c>
-      <c r="D47" s="14" t="s">
-[...2 lines deleted...]
-      <c r="E47" s="14" t="s">
+      <c r="F48" s="14" t="s">
         <v>567</v>
       </c>
-      <c r="F47" s="14" t="s">
-[...5 lines deleted...]
-      <c r="H47" s="12" t="s">
+      <c r="G48" s="12" t="s">
         <v>9</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F48" s="25">
+      <c r="H48" s="12"/>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" s="21" t="s">
+        <v>608</v>
+      </c>
+      <c r="B49" s="22" t="s">
+        <v>576</v>
+      </c>
+      <c r="C49" s="23">
+        <v>1</v>
+      </c>
+      <c r="D49" s="24">
         <v>100000</v>
       </c>
-      <c r="G48" s="25">
-[...15 lines deleted...]
-      <c r="G49" s="15"/>
+      <c r="E49" s="24">
+        <v>100000</v>
+      </c>
+      <c r="F49" s="24">
+        <v>500</v>
+      </c>
+      <c r="G49" s="22" t="s">
+        <v>12</v>
+      </c>
       <c r="H49" s="15"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="B50" s="15"/>
       <c r="C50" s="15"/>
       <c r="D50" s="17"/>
       <c r="E50" s="17"/>
       <c r="F50" s="17"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="B51" s="15"/>
       <c r="C51" s="15"/>
       <c r="D51" s="17"/>
       <c r="E51" s="17"/>
       <c r="F51" s="17"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15"/>
     </row>
-    <row r="52" spans="1:8" ht="16" thickBot="1">
-[...27 lines deleted...]
-      <c r="G54" s="28"/>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>565</v>
+      </c>
+      <c r="B52" s="15"/>
+      <c r="C52" s="15"/>
+      <c r="D52" s="17"/>
+      <c r="E52" s="17"/>
+      <c r="F52" s="17"/>
+      <c r="G52" s="15"/>
+      <c r="H52" s="15"/>
+    </row>
+    <row r="53" spans="1:8" ht="16" thickBot="1">
+      <c r="A53" s="6"/>
+      <c r="B53" s="6"/>
+      <c r="C53" s="6"/>
+      <c r="D53" s="8"/>
+      <c r="E53" s="8"/>
+      <c r="F53" s="8"/>
+      <c r="G53" s="6"/>
+      <c r="H53" s="6"/>
+    </row>
+    <row r="54" spans="1:8" ht="18" thickTop="1">
+      <c r="A54" s="29" t="s">
+        <v>589</v>
+      </c>
+      <c r="B54" s="4"/>
+      <c r="D54" s="5"/>
+      <c r="E54" s="5"/>
+      <c r="F54" s="5"/>
     </row>
     <row r="55" spans="1:8">
-      <c r="A55" s="28" t="s">
-[...7 lines deleted...]
-      <c r="G55" s="28"/>
+      <c r="A55" s="25" t="s">
+        <v>573</v>
+      </c>
+      <c r="B55" s="25"/>
+      <c r="C55" s="25"/>
+      <c r="D55" s="27"/>
+      <c r="E55" s="27"/>
+      <c r="F55" s="27"/>
     </row>
     <row r="56" spans="1:8">
-      <c r="A56" s="28" t="s">
-[...7 lines deleted...]
-      <c r="G56" s="28"/>
+      <c r="A56" s="25" t="s">
+        <v>614</v>
+      </c>
+      <c r="B56" s="25"/>
+      <c r="C56" s="25"/>
+      <c r="D56" s="27"/>
+      <c r="E56" s="27"/>
+      <c r="F56" s="27"/>
     </row>
     <row r="57" spans="1:8">
-      <c r="A57" s="31" t="s">
-[...13 lines deleted...]
-      <c r="B58" s="12" t="s">
+      <c r="A57" s="25" t="s">
+        <v>612</v>
+      </c>
+      <c r="B57" s="25"/>
+      <c r="C57" s="25"/>
+      <c r="D57" s="27"/>
+      <c r="E57" s="27"/>
+      <c r="F57" s="27"/>
+    </row>
+    <row r="58" spans="1:8" ht="6.5" customHeight="1"/>
+    <row r="59" spans="1:8" ht="43.25" customHeight="1">
+      <c r="A59" s="11" t="s">
+        <v>593</v>
+      </c>
+      <c r="B59" s="13" t="s">
         <v>574</v>
       </c>
-      <c r="C58" s="12" t="s">
-[...2 lines deleted...]
-      <c r="D58" s="14" t="s">
+      <c r="C59" s="14" t="s">
+        <v>596</v>
+      </c>
+      <c r="D59" s="14" t="s">
         <v>597</v>
       </c>
-      <c r="E58" s="14" t="s">
-[...8 lines deleted...]
-      <c r="H58" s="12" t="s">
+      <c r="E59" s="14" t="s">
+        <v>567</v>
+      </c>
+      <c r="F59" s="14" t="s">
+        <v>577</v>
+      </c>
+      <c r="G59" s="12" t="s">
+        <v>568</v>
+      </c>
+      <c r="H59" s="12" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="59" spans="1:8">
-[...3 lines deleted...]
-      <c r="B59" s="23" t="s">
+    <row r="60" spans="1:8">
+      <c r="A60" s="21" t="s">
+        <v>592</v>
+      </c>
+      <c r="B60" s="22" t="s">
         <v>575</v>
       </c>
-      <c r="C59" s="24">
-[...14 lines deleted...]
-      <c r="H59" s="23" t="s">
+      <c r="C60" s="24">
+        <v>265899.44</v>
+      </c>
+      <c r="D60" s="24">
+        <v>124.22</v>
+      </c>
+      <c r="E60" s="24">
+        <v>5.23</v>
+      </c>
+      <c r="F60" s="24">
+        <v>100000</v>
+      </c>
+      <c r="G60" s="24">
+        <v>-450.23</v>
+      </c>
+      <c r="H60" s="22" t="s">
         <v>10</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="H60" s="15"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="B61" s="15"/>
       <c r="C61" s="15"/>
       <c r="D61" s="17"/>
       <c r="E61" s="17"/>
       <c r="F61" s="17"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="B62" s="15"/>
       <c r="C62" s="15"/>
       <c r="D62" s="17"/>
       <c r="E62" s="17"/>
       <c r="F62" s="17"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15"/>
     </row>
-    <row r="63" spans="1:8" ht="16" thickBot="1">
-[...24 lines deleted...]
-      <c r="D65" s="30"/>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>565</v>
+      </c>
+      <c r="B63" s="15"/>
+      <c r="C63" s="15"/>
+      <c r="D63" s="17"/>
+      <c r="E63" s="17"/>
+      <c r="F63" s="17"/>
+      <c r="G63" s="15"/>
+      <c r="H63" s="15"/>
+    </row>
+    <row r="64" spans="1:8" ht="16" thickBot="1">
+      <c r="A64" s="6"/>
+      <c r="B64" s="6"/>
+      <c r="C64" s="6"/>
+      <c r="D64" s="6"/>
+      <c r="E64" s="6"/>
+      <c r="F64" s="6"/>
+      <c r="G64" s="6"/>
+      <c r="H64" s="6"/>
+    </row>
+    <row r="65" spans="1:8" ht="18" thickTop="1">
+      <c r="A65" s="29" t="s">
+        <v>578</v>
+      </c>
+      <c r="B65" s="4"/>
+      <c r="D65" s="5"/>
       <c r="E65" s="5"/>
       <c r="F65" s="5"/>
     </row>
     <row r="66" spans="1:8">
-      <c r="A66" s="28" t="s">
+      <c r="A66" s="25" t="s">
+        <v>598</v>
+      </c>
+      <c r="B66" s="25"/>
+      <c r="C66" s="25"/>
+      <c r="D66" s="27"/>
+      <c r="E66" s="27"/>
+      <c r="F66" s="27"/>
+      <c r="G66" s="25"/>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" s="25" t="s">
+        <v>615</v>
+      </c>
+      <c r="B67" s="25"/>
+      <c r="C67" s="25"/>
+      <c r="D67" s="27"/>
+      <c r="E67" s="27"/>
+      <c r="F67" s="27"/>
+      <c r="G67" s="25"/>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" s="25" t="s">
         <v>616</v>
       </c>
-      <c r="B66" s="28"/>
-[...7 lines deleted...]
-      <c r="A68" s="11" t="s">
+      <c r="B68" s="25"/>
+      <c r="C68" s="25"/>
+      <c r="D68" s="27"/>
+      <c r="E68" s="27"/>
+      <c r="F68" s="27"/>
+      <c r="G68" s="25"/>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" s="28" t="s">
+        <v>617</v>
+      </c>
+      <c r="B69" s="25"/>
+      <c r="C69" s="25"/>
+      <c r="D69" s="25"/>
+      <c r="E69" s="25"/>
+      <c r="F69" s="25"/>
+      <c r="G69" s="25"/>
+    </row>
+    <row r="70" spans="1:8" s="20" customFormat="1" ht="43.25" customHeight="1">
+      <c r="A70" s="19" t="s">
+        <v>581</v>
+      </c>
+      <c r="B70" s="12" t="s">
+        <v>574</v>
+      </c>
+      <c r="C70" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="D70" s="14" t="s">
+        <v>596</v>
+      </c>
+      <c r="E70" s="14" t="s">
+        <v>597</v>
+      </c>
+      <c r="F70" s="14" t="s">
         <v>605</v>
       </c>
-      <c r="B68" s="12" t="s">
-[...17 lines deleted...]
-      <c r="H68" s="12" t="s">
+      <c r="G70" s="12" t="s">
+        <v>603</v>
+      </c>
+      <c r="H70" s="12" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="69" spans="1:8">
-[...3 lines deleted...]
-      <c r="B69" s="23" t="s">
+    <row r="71" spans="1:8">
+      <c r="A71" s="21" t="s">
+        <v>582</v>
+      </c>
+      <c r="B71" s="22" t="s">
         <v>575</v>
       </c>
-      <c r="C69" s="24">
-[...8 lines deleted...]
-      <c r="F69" s="25">
+      <c r="C71" s="23">
+        <v>0.5</v>
+      </c>
+      <c r="D71" s="24">
+        <v>285000</v>
+      </c>
+      <c r="E71" s="24">
+        <v>285000</v>
+      </c>
+      <c r="F71" s="24">
+        <v>1500</v>
+      </c>
+      <c r="G71" s="24">
         <v>0</v>
       </c>
-      <c r="G69" s="25">
-[...2 lines deleted...]
-      <c r="H69" s="23" t="s">
+      <c r="H71" s="22" t="s">
         <v>10</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H71" s="15"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="B72" s="15"/>
       <c r="C72" s="15"/>
       <c r="D72" s="17"/>
       <c r="E72" s="17"/>
       <c r="F72" s="17"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15"/>
     </row>
-    <row r="73" spans="1:8" ht="16" thickBot="1">
-[...36 lines deleted...]
-      <c r="E76" s="30"/>
+    <row r="73" spans="1:8">
+      <c r="B73" s="15"/>
+      <c r="C73" s="15"/>
+      <c r="D73" s="17"/>
+      <c r="E73" s="17"/>
+      <c r="F73" s="17"/>
+      <c r="G73" s="15"/>
+      <c r="H73" s="15"/>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>565</v>
+      </c>
+      <c r="B74" s="15"/>
+      <c r="C74" s="15"/>
+      <c r="D74" s="17"/>
+      <c r="E74" s="17"/>
+      <c r="F74" s="17"/>
+      <c r="G74" s="15"/>
+      <c r="H74" s="15"/>
+    </row>
+    <row r="75" spans="1:8" ht="16" thickBot="1">
+      <c r="A75" s="6"/>
+      <c r="B75" s="6"/>
+      <c r="C75" s="6"/>
+      <c r="D75" s="6"/>
+      <c r="E75" s="6"/>
+      <c r="F75" s="6"/>
+      <c r="G75" s="6"/>
+      <c r="H75" s="6"/>
+    </row>
+    <row r="76" spans="1:8" ht="18" thickTop="1">
+      <c r="A76" s="29" t="s">
+        <v>584</v>
+      </c>
+      <c r="B76" s="4"/>
+      <c r="D76" s="5"/>
+      <c r="E76" s="5"/>
       <c r="F76" s="5"/>
     </row>
     <row r="77" spans="1:8">
-      <c r="A77" s="28" t="s">
-[...5 lines deleted...]
-      <c r="E77" s="30"/>
+      <c r="A77" s="25" t="s">
+        <v>585</v>
+      </c>
+      <c r="B77" s="25"/>
+      <c r="C77" s="25"/>
+      <c r="D77" s="27"/>
+      <c r="E77" s="5"/>
       <c r="F77" s="5"/>
     </row>
-    <row r="78" spans="1:8" s="12" customFormat="1" ht="62.25" customHeight="1">
-[...3 lines deleted...]
-      <c r="B78" s="12" t="s">
+    <row r="78" spans="1:8">
+      <c r="A78" s="25" t="s">
+        <v>615</v>
+      </c>
+      <c r="B78" s="25"/>
+      <c r="C78" s="25"/>
+      <c r="D78" s="27"/>
+      <c r="E78" s="5"/>
+      <c r="F78" s="5"/>
+    </row>
+    <row r="79" spans="1:8" ht="6.5" customHeight="1"/>
+    <row r="80" spans="1:8" ht="32">
+      <c r="A80" s="11" t="s">
+        <v>604</v>
+      </c>
+      <c r="B80" s="12" t="s">
         <v>574</v>
       </c>
-      <c r="C78" s="12" t="s">
+      <c r="C80" s="12" t="s">
         <v>3</v>
       </c>
-      <c r="D78" s="12" t="s">
-[...5 lines deleted...]
-      <c r="F78" s="14" t="s">
+      <c r="D80" s="14" t="s">
+        <v>596</v>
+      </c>
+      <c r="E80" s="14" t="s">
+        <v>597</v>
+      </c>
+      <c r="F80" s="14" t="s">
         <v>567</v>
       </c>
-      <c r="G78" s="12" t="s">
+      <c r="G80" s="12" t="s">
         <v>583</v>
       </c>
-      <c r="H78" s="12" t="s">
+      <c r="H80" s="12" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="79" spans="1:8">
-[...6 lines deleted...]
-      <c r="C79" s="24">
+    <row r="81" spans="1:8">
+      <c r="A81" s="21" t="s">
+        <v>599</v>
+      </c>
+      <c r="B81" s="22" t="s">
+        <v>575</v>
+      </c>
+      <c r="C81" s="23">
         <v>1</v>
       </c>
-      <c r="D79" s="25">
-[...37 lines deleted...]
-      <c r="H81" s="15"/>
+      <c r="D81" s="24">
+        <v>115000</v>
+      </c>
+      <c r="E81" s="24">
+        <v>115000</v>
+      </c>
+      <c r="F81" s="24">
+        <v>0</v>
+      </c>
+      <c r="G81" s="24">
+        <v>-2555</v>
+      </c>
+      <c r="H81" s="22" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="B82" s="15"/>
       <c r="C82" s="15"/>
       <c r="D82" s="17"/>
       <c r="E82" s="17"/>
       <c r="F82" s="17"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15"/>
     </row>
-    <row r="83" spans="1:8" ht="16" thickBot="1">
-[...12 lines deleted...]
-        <v>595</v>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>564</v>
+      </c>
+      <c r="B83" s="15"/>
+      <c r="C83" s="15"/>
+      <c r="D83" s="17"/>
+      <c r="E83" s="17"/>
+      <c r="F83" s="17"/>
+      <c r="G83" s="15"/>
+      <c r="H83" s="15"/>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>565</v>
+      </c>
+      <c r="B84" s="15"/>
+      <c r="C84" s="15"/>
+      <c r="D84" s="17"/>
+      <c r="E84" s="17"/>
+      <c r="F84" s="17"/>
+      <c r="G84" s="15"/>
+      <c r="H84" s="15"/>
+    </row>
+    <row r="85" spans="1:8" ht="16" thickBot="1">
+      <c r="A85" s="6"/>
+      <c r="B85" s="6"/>
+      <c r="C85" s="6"/>
+      <c r="D85" s="6"/>
+      <c r="E85" s="6"/>
+      <c r="F85" s="6"/>
+      <c r="G85" s="6"/>
+      <c r="H85" s="6"/>
+    </row>
+    <row r="86" spans="1:8" ht="55" thickTop="1">
+      <c r="A86" s="40" t="s">
+        <v>633</v>
+      </c>
+      <c r="B86" s="4"/>
+      <c r="D86" s="5"/>
+      <c r="E86" s="5"/>
+      <c r="F86" s="5"/>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" s="25" t="s">
+        <v>618</v>
+      </c>
+      <c r="B87" s="25"/>
+      <c r="C87" s="25"/>
+      <c r="D87" s="27"/>
+      <c r="E87" s="27"/>
+      <c r="F87" s="5"/>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" s="25" t="s">
+        <v>619</v>
+      </c>
+      <c r="B88" s="25"/>
+      <c r="C88" s="25"/>
+      <c r="D88" s="27"/>
+      <c r="E88" s="27"/>
+      <c r="F88" s="5"/>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" s="25" t="s">
+        <v>620</v>
+      </c>
+      <c r="B89" s="25"/>
+      <c r="C89" s="25"/>
+      <c r="D89" s="27"/>
+      <c r="E89" s="27"/>
+      <c r="F89" s="5"/>
+    </row>
+    <row r="90" spans="1:8" s="12" customFormat="1" ht="62.25" customHeight="1">
+      <c r="A90" s="12" t="s">
+        <v>586</v>
+      </c>
+      <c r="B90" s="12" t="s">
+        <v>574</v>
+      </c>
+      <c r="C90" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="D90" s="12" t="s">
+        <v>600</v>
+      </c>
+      <c r="E90" s="12" t="s">
+        <v>601</v>
+      </c>
+      <c r="F90" s="14" t="s">
+        <v>567</v>
+      </c>
+      <c r="G90" s="12" t="s">
+        <v>583</v>
+      </c>
+      <c r="H90" s="12" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" s="21" t="s">
+        <v>588</v>
+      </c>
+      <c r="B91" s="22" t="s">
+        <v>587</v>
+      </c>
+      <c r="C91" s="23">
+        <v>1</v>
+      </c>
+      <c r="D91" s="24">
+        <v>157825.35999999999</v>
+      </c>
+      <c r="E91" s="24">
+        <v>157825.35999999999</v>
+      </c>
+      <c r="F91" s="24">
+        <v>15400</v>
+      </c>
+      <c r="G91" s="24">
+        <v>15478</v>
+      </c>
+      <c r="H91" s="22" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>563</v>
+      </c>
+      <c r="B92" s="15"/>
+      <c r="C92" s="15"/>
+      <c r="D92" s="17"/>
+      <c r="E92" s="17"/>
+      <c r="F92" s="17"/>
+      <c r="G92" s="15"/>
+      <c r="H92" s="15"/>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>564</v>
+      </c>
+      <c r="B93" s="15"/>
+      <c r="C93" s="15"/>
+      <c r="D93" s="17"/>
+      <c r="E93" s="17"/>
+      <c r="F93" s="17"/>
+      <c r="G93" s="15"/>
+      <c r="H93" s="15"/>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>565</v>
+      </c>
+      <c r="B94" s="15"/>
+      <c r="C94" s="15"/>
+      <c r="D94" s="17"/>
+      <c r="E94" s="17"/>
+      <c r="F94" s="17"/>
+      <c r="G94" s="15"/>
+      <c r="H94" s="15"/>
+    </row>
+    <row r="95" spans="1:8" ht="16" thickBot="1">
+      <c r="A95" s="6"/>
+      <c r="B95" s="6"/>
+      <c r="C95" s="6"/>
+      <c r="D95" s="6"/>
+      <c r="E95" s="6"/>
+      <c r="F95" s="6"/>
+      <c r="G95" s="6"/>
+      <c r="H95" s="6"/>
+    </row>
+    <row r="96" spans="1:8" ht="16" thickTop="1"/>
+    <row r="97" spans="1:1">
+      <c r="A97" s="10" t="s">
+        <v>594</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="48" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" promptTitle="DEVISE" prompt="Veuillez sélectionner la bonne devise" xr:uid="{00000000-0002-0000-0000-000000000000}">
           <x14:formula1>
             <xm:f>Devises!$C$2:$C$164</xm:f>
           </x14:formula1>
-          <xm:sqref>G16:G20 H28:H31 H48:H51 G37:G41 G52 H59:H62 H69:H72 H79:H82</xm:sqref>
+          <xm:sqref>G16:G20 H28:H31 H60:H63 G49:G53 G64 H71:H74 H81:H84 H91:H94</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:D242"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:4" ht="68">
       <c r="A1" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C1" s="2" t="s">
@@ -7188,46 +7406,46 @@
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:D239">
     <sortCondition ref="C239"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>T1135</vt:lpstr>
+      <vt:lpstr>T1135-TP1079.8 BE </vt:lpstr>
       <vt:lpstr>Devises</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Nicolas Godbout</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>