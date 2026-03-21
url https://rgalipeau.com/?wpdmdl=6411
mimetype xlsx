--- v0 (2025-10-14)
+++ v1 (2026-03-21)
@@ -17,60 +17,60 @@
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp7.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp8.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp9.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp10.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp11.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp12.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp13.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp14.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp15.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10209"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10215"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/jpung/Library/CloudStorage/GoogleDrive-info@jpung.me/Shared drives/EBC, RG, III - Actifs numériques/Questionnaires - Spécifiques - Commun/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{360BDB8A-2190-E44B-9FCA-521BB794DC76}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C91FB271-08C4-A445-956B-591BE185738B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="500" windowWidth="68800" windowHeight="28300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="5000" yWindow="3120" windowWidth="44300" windowHeight="23480" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Feuille" sheetId="1" r:id="rId1"/>
     <sheet name="Feuil1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="dcn" localSheetId="0">Feuille!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Feuille!$A$1:$P$157</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
@@ -533,53 +533,50 @@
   <si>
     <t xml:space="preserve">CTI </t>
   </si>
   <si>
     <t xml:space="preserve">RTI </t>
   </si>
   <si>
     <t>Déclaration de taxes détaillée</t>
   </si>
   <si>
     <t>Montant déductible</t>
   </si>
   <si>
     <t xml:space="preserve"> $ </t>
   </si>
   <si>
     <t xml:space="preserve">Si location, frais de location (pour la période de l'année)  prêt auto n'est pas location) </t>
   </si>
   <si>
     <t xml:space="preserve">Frais de déplacement </t>
   </si>
   <si>
     <t>Si vous avez des dépenses non taxables, utilisez une ligne séparée et indiquez-le.</t>
   </si>
   <si>
-    <t>Et que vous voulez que nous préparions votre rapport de taxes (fournir le FPZ-500)</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Copyright Impôts Ici ! </t>
   </si>
   <si>
     <t>Si vous avez des ventes hors du Québec mais au Canada, vous devez les indiquer séparément par province.</t>
   </si>
   <si>
     <t>Si vous avez des ventes hors du Canada, vous devez les indiquer séparément.</t>
   </si>
   <si>
     <t>Si vous avez des dépenses hors du Québec ou hors du Canada, vous devez les indiquer séparément et indiquer la province / le pays.</t>
   </si>
   <si>
     <t>Congrès et formation</t>
   </si>
   <si>
     <t>Avez-vous disposé d'immobilisations ? Si vous avez vendu ou jeté un bien, vous en avez disposé. Si c'est le cas, veuillez nous fournir les détails de ces dispositions.</t>
   </si>
   <si>
     <t xml:space="preserve">Est-ce que certains sous-traitants ont reçus plus de 500$ (oui/non) ? </t>
   </si>
   <si>
     <t>(répondez oui ou non)</t>
   </si>
   <si>
     <t>Travaux en cours (le travail engagé mais pas encore facturé est imposable)</t>
@@ -690,51 +687,54 @@
   <si>
     <t>Intérêts hypothécaires en DOLLARS (la portion capital n'est PAS déductible)</t>
   </si>
   <si>
     <t>Taxes non remises</t>
   </si>
   <si>
     <t>Numéro d'entreprise du Québec (si enregistrée)</t>
   </si>
   <si>
     <t>Enregistrement au Registraire des Entreprises - Voir site du REQ pour les frais de l'année</t>
   </si>
   <si>
     <t>Si oui, êtes-vous un chauffeur lié à un répondant sous entente ?</t>
   </si>
   <si>
     <t>Devez-vous verser la redevance lié à l’activité de transport rémunéré de personnes (Taxis) ?</t>
   </si>
   <si>
     <t>Êtes-vous assujettis à la taxe sur l’hébergement ?</t>
   </si>
   <si>
     <t>Votre activité génératrice de revenus est-elle une activité de location meublée de courte durée (moins de 30 jours et sans bail) ?</t>
   </si>
   <si>
-    <t>v.2025-02-18</t>
+    <t>Et que vous voulez que nous préparions votre rapport de taxes</t>
+  </si>
+  <si>
+    <t>v.2026-02-23</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="164" formatCode="_ * #,##0.00_)\ &quot;$&quot;_ ;_ * \(#,##0.00\)\ &quot;$&quot;_ ;_ * &quot;-&quot;??_)\ &quot;$&quot;_ ;_ @_ "/>
     <numFmt numFmtId="165" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="_ * #,##0.00_)\ _$_ ;_ * \(#,##0.00\)\ _$_ ;_ * &quot;-&quot;??_)\ _$_ ;_ @_ "/>
     <numFmt numFmtId="167" formatCode="_ * #,##0.00_)\ [$$-C0C]_ ;_ * \(#,##0.00\)\ [$$-C0C]_ ;_ * &quot;-&quot;??_)\ [$$-C0C]_ ;_ @_ "/>
     <numFmt numFmtId="168" formatCode="0.000%"/>
     <numFmt numFmtId="169" formatCode="_ * #,##0.000000_)\ _$_ ;_ * \(#,##0.000000\)\ _$_ ;_ * &quot;-&quot;??_)\ _$_ ;_ @_ "/>
   </numFmts>
   <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -2918,51 +2918,51 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:N169"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="R7" sqref="R7"/>
+      <selection activeCell="H2" sqref="H2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.5" defaultRowHeight="13" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="7.6640625" style="3" customWidth="1"/>
     <col min="2" max="2" width="71.33203125" style="3" customWidth="1"/>
     <col min="3" max="3" width="10.5" style="3" customWidth="1"/>
     <col min="4" max="4" width="4.5" style="3" customWidth="1"/>
     <col min="5" max="5" width="15.5" style="4" customWidth="1"/>
     <col min="6" max="6" width="6.83203125" style="4" customWidth="1"/>
     <col min="7" max="7" width="10.6640625" style="4" customWidth="1"/>
     <col min="8" max="8" width="6.5" style="4" customWidth="1"/>
     <col min="9" max="9" width="0.83203125" style="4" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="13.5" style="3" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="0.83203125" style="3" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="0.33203125" style="3" hidden="1" customWidth="1"/>
     <col min="13" max="13" width="10.6640625" style="3" hidden="1" customWidth="1"/>
     <col min="14" max="14" width="13.6640625" style="3" hidden="1" customWidth="1"/>
     <col min="15" max="15" width="0" style="3" hidden="1" customWidth="1"/>
     <col min="16" max="16384" width="11.5" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:9" ht="25" x14ac:dyDescent="0.25">
       <c r="B1" s="2"/>
       <c r="H1" s="5" t="s">
@@ -2998,176 +2998,176 @@
     </row>
     <row r="6" spans="2:9" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B6" s="3" t="s">
         <v>93</v>
       </c>
       <c r="C6" s="8"/>
       <c r="D6" s="8"/>
       <c r="E6" s="9"/>
       <c r="F6" s="9"/>
       <c r="G6" s="9"/>
       <c r="H6" s="9"/>
     </row>
     <row r="7" spans="2:9" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B7" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="8"/>
       <c r="D7" s="8"/>
       <c r="E7" s="9"/>
       <c r="F7" s="9"/>
       <c r="G7" s="9"/>
       <c r="H7" s="9"/>
     </row>
     <row r="8" spans="2:9" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B8" s="3" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C8" s="8"/>
       <c r="D8" s="8"/>
       <c r="E8" s="9"/>
       <c r="F8" s="9"/>
       <c r="G8" s="9"/>
       <c r="H8" s="9"/>
     </row>
     <row r="9" spans="2:9" ht="14" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C9" s="8"/>
       <c r="D9" s="8"/>
       <c r="E9" s="9"/>
       <c r="F9" s="9"/>
       <c r="G9" s="9"/>
       <c r="H9" s="9"/>
       <c r="I9" s="10"/>
     </row>
     <row r="10" spans="2:9" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="3" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="E10" s="3"/>
     </row>
     <row r="11" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B11" s="11" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="12" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B12" s="11" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="13" spans="2:9" x14ac:dyDescent="0.15">
       <c r="E13" s="3"/>
     </row>
     <row r="14" spans="2:9" ht="16" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B14" s="3" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="E14" s="3"/>
     </row>
     <row r="15" spans="2:9" ht="16" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B15" s="3" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="E15" s="3"/>
     </row>
     <row r="16" spans="2:9" ht="15" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B16" s="3" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="E16" s="3"/>
     </row>
     <row r="17" spans="2:9" ht="16" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B17" s="3" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="E17" s="3"/>
     </row>
     <row r="18" spans="2:9" x14ac:dyDescent="0.15">
       <c r="E18" s="3"/>
     </row>
     <row r="19" spans="2:9" ht="31" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B19" s="118" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C19" s="118"/>
       <c r="D19" s="118"/>
       <c r="E19" s="118"/>
       <c r="F19" s="118"/>
       <c r="G19" s="118"/>
       <c r="H19" s="118"/>
     </row>
     <row r="20" spans="2:9" ht="9" customHeight="1" x14ac:dyDescent="0.15">
       <c r="I20" s="12"/>
     </row>
     <row r="21" spans="2:9" ht="20" x14ac:dyDescent="0.2">
       <c r="B21" s="7" t="s">
         <v>76</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="7"/>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="7"/>
       <c r="I21" s="12"/>
     </row>
     <row r="22" spans="2:9" s="15" customFormat="1" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B22" s="14" t="s">
         <v>77</v>
       </c>
       <c r="E22" s="16"/>
       <c r="F22" s="16"/>
       <c r="G22" s="16"/>
       <c r="H22" s="16"/>
       <c r="I22" s="16"/>
     </row>
     <row r="23" spans="2:9" s="15" customFormat="1" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B23" s="15" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="E23" s="16"/>
       <c r="F23" s="16"/>
       <c r="G23" s="16"/>
       <c r="H23" s="16"/>
       <c r="I23" s="16"/>
     </row>
     <row r="24" spans="2:9" s="15" customFormat="1" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B24" s="15" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="E24" s="16"/>
       <c r="F24" s="16"/>
       <c r="G24" s="16"/>
       <c r="H24" s="16"/>
       <c r="I24" s="16"/>
     </row>
     <row r="25" spans="2:9" s="15" customFormat="1" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B25" s="15" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="E25" s="16"/>
       <c r="F25" s="16"/>
       <c r="G25" s="16"/>
       <c r="H25" s="16"/>
       <c r="I25" s="16"/>
     </row>
     <row r="26" spans="2:9" s="15" customFormat="1" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="E26" s="16"/>
       <c r="F26" s="16"/>
       <c r="G26" s="16"/>
       <c r="H26" s="16"/>
       <c r="I26" s="16"/>
     </row>
     <row r="27" spans="2:9" s="15" customFormat="1" ht="14" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B27" s="17" t="s">
         <v>78</v>
       </c>
       <c r="I27" s="16"/>
     </row>
     <row r="28" spans="2:9" s="15" customFormat="1" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B28" s="18" t="s">
         <v>37</v>
       </c>
       <c r="E28" s="16"/>
@@ -3204,75 +3204,75 @@
       <c r="F31" s="16"/>
       <c r="G31" s="16"/>
       <c r="H31" s="16"/>
       <c r="I31" s="16"/>
     </row>
     <row r="32" spans="2:9" s="15" customFormat="1" ht="14" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B32" s="17" t="s">
         <v>48</v>
       </c>
       <c r="E32" s="16"/>
       <c r="F32" s="16"/>
       <c r="G32" s="16"/>
       <c r="H32" s="16"/>
       <c r="I32" s="16"/>
     </row>
     <row r="33" spans="2:9" s="15" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B33" s="14"/>
       <c r="E33" s="16"/>
       <c r="F33" s="16"/>
       <c r="G33" s="16"/>
       <c r="H33" s="16"/>
       <c r="I33" s="16"/>
     </row>
     <row r="34" spans="2:9" s="15" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B34" s="19" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E34" s="16"/>
       <c r="F34" s="16"/>
       <c r="G34" s="16"/>
       <c r="H34" s="16"/>
       <c r="I34" s="16"/>
     </row>
     <row r="35" spans="2:9" s="15" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B35" s="14"/>
       <c r="E35" s="16"/>
       <c r="F35" s="16"/>
       <c r="G35" s="16"/>
       <c r="H35" s="16"/>
       <c r="I35" s="16"/>
     </row>
     <row r="36" spans="2:9" s="15" customFormat="1" ht="14" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="20" t="s">
         <v>74</v>
       </c>
       <c r="I36" s="16"/>
     </row>
     <row r="37" spans="2:9" s="15" customFormat="1" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B37" s="21" t="s">
-        <v>113</v>
+        <v>139</v>
       </c>
       <c r="C37" s="22"/>
       <c r="I37" s="16"/>
     </row>
     <row r="38" spans="2:9" s="15" customFormat="1" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B38" s="23" t="s">
         <v>40</v>
       </c>
       <c r="C38" s="24"/>
       <c r="I38" s="16"/>
     </row>
     <row r="39" spans="2:9" s="15" customFormat="1" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B39" s="23" t="s">
         <v>38</v>
       </c>
       <c r="C39" s="24"/>
       <c r="I39" s="16"/>
     </row>
     <row r="40" spans="2:9" s="15" customFormat="1" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B40" s="23" t="s">
         <v>112</v>
       </c>
       <c r="C40" s="24"/>
       <c r="I40" s="16"/>
     </row>
@@ -3293,51 +3293,51 @@
         <v>44</v>
       </c>
       <c r="C43" s="24"/>
       <c r="I43" s="16"/>
     </row>
     <row r="44" spans="2:9" s="15" customFormat="1" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B44" s="27" t="s">
         <v>45</v>
       </c>
       <c r="C44" s="28"/>
       <c r="I44" s="16"/>
     </row>
     <row r="45" spans="2:9" s="15" customFormat="1" ht="8.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B45" s="14"/>
       <c r="I45" s="16"/>
     </row>
     <row r="46" spans="2:9" s="15" customFormat="1" ht="14" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="29" t="s">
         <v>75</v>
       </c>
       <c r="C46" s="16"/>
       <c r="I46" s="16"/>
     </row>
     <row r="47" spans="2:9" s="15" customFormat="1" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B47" s="21" t="s">
-        <v>113</v>
+        <v>139</v>
       </c>
       <c r="C47" s="22"/>
       <c r="D47" s="16"/>
       <c r="E47" s="16"/>
       <c r="F47" s="16"/>
       <c r="I47" s="16"/>
     </row>
     <row r="48" spans="2:9" s="15" customFormat="1" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B48" s="23" t="s">
         <v>40</v>
       </c>
       <c r="C48" s="30"/>
       <c r="D48" s="16"/>
       <c r="E48" s="16"/>
       <c r="F48" s="16"/>
       <c r="G48" s="16"/>
       <c r="H48" s="16"/>
       <c r="I48" s="16"/>
     </row>
     <row r="49" spans="2:12" s="15" customFormat="1" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B49" s="23" t="s">
         <v>38</v>
       </c>
       <c r="C49" s="30"/>
       <c r="D49" s="16"/>
@@ -3520,68 +3520,68 @@
       </c>
       <c r="C60" s="38"/>
       <c r="D60" s="38"/>
       <c r="E60" s="9"/>
       <c r="F60" s="42" t="s">
         <v>6</v>
       </c>
       <c r="G60" s="43"/>
       <c r="H60" s="47"/>
       <c r="I60" s="12">
         <f>E60/1.14975</f>
         <v>0</v>
       </c>
       <c r="J60" s="44">
         <f>I60*$J$53</f>
         <v>0</v>
       </c>
       <c r="K60" s="44">
         <f>I60*$K$53</f>
         <v>0</v>
       </c>
       <c r="L60" s="45"/>
     </row>
     <row r="61" spans="2:12" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B61" s="3" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C61" s="38"/>
       <c r="D61" s="38"/>
       <c r="E61" s="9"/>
       <c r="F61" s="42" t="s">
         <v>6</v>
       </c>
       <c r="G61" s="43"/>
       <c r="H61" s="47"/>
       <c r="I61" s="12"/>
       <c r="J61" s="44"/>
       <c r="K61" s="44"/>
       <c r="L61" s="45"/>
     </row>
     <row r="62" spans="2:12" ht="14" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B62" s="3" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C62" s="38"/>
       <c r="D62" s="38"/>
       <c r="E62" s="9"/>
       <c r="F62" s="42" t="s">
         <v>6</v>
       </c>
       <c r="G62" s="43"/>
       <c r="H62" s="47"/>
       <c r="I62" s="12"/>
       <c r="J62" s="44"/>
       <c r="K62" s="44"/>
       <c r="L62" s="45"/>
     </row>
     <row r="63" spans="2:12" ht="14" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B63" s="48" t="s">
         <v>0</v>
       </c>
       <c r="E63" s="49">
         <f>SUM(E57:E62)</f>
         <v>0</v>
       </c>
       <c r="F63" s="42" t="s">
         <v>6</v>
       </c>
@@ -3665,51 +3665,51 @@
       <c r="B68" s="48"/>
       <c r="F68" s="42"/>
       <c r="G68" s="42"/>
       <c r="I68" s="50">
         <f>E68/1.14975</f>
         <v>0</v>
       </c>
       <c r="J68" s="51">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="K68" s="51">
         <f>I68*$K$53</f>
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="2:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B69" s="52" t="s">
         <v>73</v>
       </c>
       <c r="C69" s="54"/>
       <c r="D69" s="54"/>
       <c r="E69" s="54"/>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H69" s="15"/>
       <c r="I69" s="50"/>
       <c r="J69" s="51"/>
       <c r="K69" s="51"/>
       <c r="L69" s="55"/>
     </row>
     <row r="70" spans="2:12" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B70" s="53" t="s">
         <v>12</v>
       </c>
       <c r="C70" s="53"/>
       <c r="D70" s="53"/>
       <c r="E70" s="9"/>
       <c r="F70" s="42" t="s">
         <v>6</v>
       </c>
       <c r="G70" s="56"/>
       <c r="H70" s="3" t="s">
         <v>20</v>
       </c>
       <c r="I70" s="50">
         <f>IF(G70&gt;0,E70/1.14975*G70,E70/$L$53*1)</f>
         <v>0</v>
       </c>
@@ -3775,51 +3775,51 @@
     </row>
     <row r="73" spans="2:12" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B73" s="53" t="s">
         <v>25</v>
       </c>
       <c r="C73" s="53"/>
       <c r="D73" s="53"/>
       <c r="E73" s="9"/>
       <c r="F73" s="42" t="s">
         <v>6</v>
       </c>
       <c r="G73" s="56"/>
       <c r="H73" s="3" t="s">
         <v>20</v>
       </c>
       <c r="I73" s="50">
         <f>E73</f>
         <v>0</v>
       </c>
       <c r="J73" s="51"/>
       <c r="K73" s="51"/>
       <c r="L73" s="44"/>
     </row>
     <row r="74" spans="2:12" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B74" s="53" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C74" s="53"/>
       <c r="D74" s="53"/>
       <c r="E74" s="9"/>
       <c r="F74" s="42" t="s">
         <v>6</v>
       </c>
       <c r="G74" s="56"/>
       <c r="H74" s="3" t="s">
         <v>20</v>
       </c>
       <c r="I74" s="50">
         <f>E74</f>
         <v>0</v>
       </c>
       <c r="J74" s="51"/>
       <c r="K74" s="51"/>
       <c r="L74" s="44"/>
     </row>
     <row r="75" spans="2:12" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B75" s="53" t="s">
         <v>21</v>
       </c>
       <c r="C75" s="53"/>
       <c r="D75" s="53"/>
@@ -4015,55 +4015,55 @@
       <c r="D82" s="53"/>
       <c r="E82" s="9"/>
       <c r="F82" s="42" t="s">
         <v>6</v>
       </c>
       <c r="G82" s="56"/>
       <c r="H82" s="3" t="s">
         <v>20</v>
       </c>
       <c r="I82" s="50">
         <f t="shared" ref="I82:I89" si="3">IF(G82&gt;0,E82/1.14975*G82,E82/$L$53*1)</f>
         <v>0</v>
       </c>
       <c r="J82" s="51">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="K82" s="51">
         <f t="shared" ref="K82:K89" si="4">I82*$K$53</f>
         <v>0</v>
       </c>
       <c r="L82" s="44"/>
     </row>
     <row r="83" spans="2:12" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B83" s="58" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="E83" s="59"/>
       <c r="F83" s="42" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="G83" s="3"/>
       <c r="H83" s="3"/>
       <c r="I83" s="3"/>
     </row>
     <row r="84" spans="2:12" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B84" s="53" t="s">
         <v>111</v>
       </c>
       <c r="C84" s="53"/>
       <c r="D84" s="53"/>
       <c r="E84" s="9"/>
       <c r="F84" s="42" t="s">
         <v>6</v>
       </c>
       <c r="G84" s="56"/>
       <c r="H84" s="3" t="s">
         <v>20</v>
       </c>
       <c r="I84" s="50">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J84" s="51">
         <f t="shared" si="0"/>
@@ -4161,51 +4161,51 @@
     </row>
     <row r="88" spans="2:12" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B88" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E88" s="3"/>
       <c r="F88" s="3"/>
       <c r="G88" s="3"/>
       <c r="H88" s="3"/>
       <c r="I88" s="50">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J88" s="51">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="K88" s="51">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="L88" s="44"/>
     </row>
     <row r="89" spans="2:12" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B89" s="60" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="E89" s="9"/>
       <c r="F89" s="42" t="s">
         <v>6</v>
       </c>
       <c r="G89" s="61"/>
       <c r="H89" s="3" t="s">
         <v>20</v>
       </c>
       <c r="I89" s="50">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J89" s="51">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="K89" s="51">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="L89" s="44"/>
     </row>
     <row r="90" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B90" s="52" t="s">
@@ -4504,51 +4504,51 @@
         <f>E110</f>
         <v>0</v>
       </c>
       <c r="J110" s="51"/>
       <c r="K110" s="51"/>
     </row>
     <row r="111" spans="2:11" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B111" s="53" t="s">
         <v>89</v>
       </c>
       <c r="C111" s="53"/>
       <c r="D111" s="53"/>
       <c r="E111" s="9"/>
       <c r="F111" s="42" t="s">
         <v>6</v>
       </c>
       <c r="I111" s="50">
         <f>E111</f>
         <v>0</v>
       </c>
       <c r="J111" s="51"/>
       <c r="K111" s="51"/>
     </row>
     <row r="112" spans="2:11" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B112" s="53" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C112" s="53"/>
       <c r="D112" s="53"/>
       <c r="E112" s="9"/>
       <c r="F112" s="42" t="s">
         <v>6</v>
       </c>
       <c r="G112" s="56">
         <v>1</v>
       </c>
       <c r="I112" s="50">
         <f>E112/1.14975</f>
         <v>0</v>
       </c>
       <c r="J112" s="51">
         <f>I112*$J$53</f>
         <v>0</v>
       </c>
       <c r="K112" s="51">
         <f>I112*$K$53</f>
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="2:12" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B113" s="53" t="s">
@@ -4629,64 +4629,64 @@
     </row>
     <row r="118" spans="2:12" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B118" s="4"/>
       <c r="C118" s="65"/>
       <c r="D118" s="73"/>
       <c r="F118" s="65"/>
       <c r="G118" s="65"/>
       <c r="I118" s="50"/>
       <c r="J118" s="51"/>
       <c r="K118" s="51"/>
     </row>
     <row r="119" spans="2:12" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B119" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D119" s="4"/>
       <c r="E119" s="74"/>
       <c r="F119" s="65"/>
       <c r="G119" s="65"/>
       <c r="I119" s="50"/>
       <c r="J119" s="51"/>
       <c r="K119" s="51"/>
     </row>
     <row r="120" spans="2:12" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B120" s="3" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="D120" s="4"/>
       <c r="E120" s="74"/>
       <c r="F120" s="65"/>
       <c r="G120" s="65"/>
       <c r="I120" s="50"/>
       <c r="J120" s="51"/>
       <c r="K120" s="51"/>
     </row>
     <row r="121" spans="2:12" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="D121" s="4"/>
       <c r="E121" s="74" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="F121" s="65"/>
       <c r="G121" s="65"/>
       <c r="I121" s="50"/>
       <c r="J121" s="51"/>
       <c r="K121" s="51"/>
     </row>
     <row r="122" spans="2:12" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B122" s="57" t="s">
         <v>66</v>
       </c>
       <c r="C122" s="77"/>
       <c r="D122" s="77"/>
       <c r="E122" s="9"/>
       <c r="F122" s="42" t="s">
         <v>6</v>
       </c>
       <c r="G122" s="42"/>
       <c r="I122" s="50">
         <f>E122/1.14975</f>
         <v>0</v>
       </c>
       <c r="J122" s="51">
         <f>I122*$J$53*$C$116</f>
         <v>0</v>
@@ -4717,51 +4717,51 @@
       <c r="L123" s="44"/>
     </row>
     <row r="124" spans="2:12" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="C124" s="39"/>
       <c r="D124" s="39"/>
       <c r="F124" s="42"/>
       <c r="G124" s="42"/>
       <c r="I124" s="50"/>
       <c r="J124" s="51"/>
       <c r="K124" s="51"/>
       <c r="L124" s="44"/>
     </row>
     <row r="125" spans="2:12" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B125" s="48" t="s">
         <v>67</v>
       </c>
       <c r="F125" s="42"/>
       <c r="G125" s="42"/>
       <c r="I125" s="50"/>
       <c r="J125" s="51"/>
       <c r="K125" s="51"/>
       <c r="L125" s="44"/>
     </row>
     <row r="126" spans="2:12" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B126" s="78" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C126" s="77"/>
       <c r="D126" s="77"/>
       <c r="E126" s="9"/>
       <c r="F126" s="42" t="s">
         <v>6</v>
       </c>
       <c r="G126" s="42"/>
       <c r="I126" s="50">
         <f>E126</f>
         <v>0</v>
       </c>
       <c r="J126" s="51"/>
       <c r="K126" s="51"/>
       <c r="L126" s="44"/>
     </row>
     <row r="127" spans="2:12" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B127" s="79" t="s">
         <v>18</v>
       </c>
       <c r="C127" s="80"/>
       <c r="D127" s="80"/>
       <c r="E127" s="9"/>
       <c r="F127" s="42" t="s">
         <v>6</v>
@@ -4816,51 +4816,51 @@
     <row r="130" spans="2:12" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="C130" s="39"/>
       <c r="D130" s="39"/>
       <c r="F130" s="42"/>
       <c r="G130" s="42"/>
       <c r="I130" s="50"/>
       <c r="J130" s="51"/>
       <c r="K130" s="51"/>
       <c r="L130" s="44"/>
     </row>
     <row r="131" spans="2:12" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B131" s="81" t="s">
         <v>68</v>
       </c>
       <c r="C131" s="39"/>
       <c r="D131" s="39"/>
       <c r="F131" s="42"/>
       <c r="G131" s="42"/>
       <c r="I131" s="50"/>
       <c r="J131" s="51"/>
       <c r="K131" s="51"/>
       <c r="L131" s="44"/>
     </row>
     <row r="132" spans="2:12" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B132" s="78" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="C132" s="77"/>
       <c r="D132" s="39"/>
       <c r="E132" s="9"/>
       <c r="F132" s="42" t="s">
         <v>6</v>
       </c>
       <c r="G132" s="42"/>
       <c r="I132" s="50">
         <f>E132</f>
         <v>0</v>
       </c>
       <c r="J132" s="51"/>
       <c r="K132" s="51"/>
       <c r="L132" s="44"/>
     </row>
     <row r="133" spans="2:12" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B133" s="82"/>
       <c r="C133" s="39"/>
       <c r="D133" s="39"/>
       <c r="F133" s="42"/>
       <c r="G133" s="42"/>
       <c r="I133" s="50"/>
       <c r="J133" s="51"/>
       <c r="K133" s="51"/>
@@ -4959,51 +4959,51 @@
       <c r="K141" s="51"/>
     </row>
     <row r="142" spans="2:12" x14ac:dyDescent="0.15">
       <c r="B142" s="71"/>
       <c r="C142" s="85" t="s">
         <v>34</v>
       </c>
       <c r="E142" s="4" t="s">
         <v>54</v>
       </c>
       <c r="I142" s="50"/>
       <c r="J142" s="51"/>
       <c r="K142" s="51"/>
     </row>
     <row r="143" spans="2:12" ht="16" x14ac:dyDescent="0.3">
       <c r="B143" s="71" t="s">
         <v>57</v>
       </c>
       <c r="C143" s="86" t="s">
         <v>51</v>
       </c>
       <c r="E143" s="87" t="s">
         <v>55</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="I143" s="50"/>
       <c r="J143" s="51"/>
       <c r="K143" s="51"/>
     </row>
     <row r="144" spans="2:12" ht="14" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B144" s="78" t="s">
         <v>60</v>
       </c>
       <c r="C144" s="88"/>
       <c r="E144" s="9"/>
       <c r="F144" s="42" t="s">
         <v>6</v>
       </c>
       <c r="G144" s="56"/>
       <c r="H144" s="3" t="s">
         <v>20</v>
       </c>
       <c r="I144" s="50">
         <f>IF(G144&gt;0,E144/1.14975*G144,E144/$L$53*1)</f>
         <v>0</v>
       </c>
       <c r="J144" s="89">
         <f t="shared" ref="J144:J155" si="5">I144*$J$53</f>
         <v>0</v>
@@ -5209,51 +5209,51 @@
       <c r="I155" s="50">
         <f>IF(G155&gt;0,E155/1.14975*G155,E155/$L$53*1)</f>
         <v>0</v>
       </c>
       <c r="J155" s="89">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="K155" s="89">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="2:12" s="15" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B156" s="95"/>
       <c r="E156" s="16"/>
       <c r="F156" s="16"/>
       <c r="G156" s="16"/>
       <c r="H156" s="16"/>
       <c r="I156" s="96"/>
       <c r="J156" s="97"/>
       <c r="K156" s="97"/>
     </row>
     <row r="157" spans="2:12" x14ac:dyDescent="0.15">
       <c r="B157" s="48" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
     </row>
     <row r="158" spans="2:12" x14ac:dyDescent="0.15">
       <c r="I158" s="4" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="159" spans="2:12" ht="14" thickBot="1" x14ac:dyDescent="0.2"/>
     <row r="160" spans="2:12" s="98" customFormat="1" ht="154" x14ac:dyDescent="0.15">
       <c r="E160" s="99"/>
       <c r="F160" s="99"/>
       <c r="G160" s="99"/>
       <c r="H160" s="99"/>
       <c r="I160" s="100" t="s">
         <v>102</v>
       </c>
       <c r="J160" s="101" t="s">
         <v>103</v>
       </c>
       <c r="K160" s="101" t="s">
         <v>104</v>
       </c>
       <c r="L160" s="102"/>
     </row>
     <row r="161" spans="9:12" ht="14" thickBot="1" x14ac:dyDescent="0.2">
@@ -5262,51 +5262,51 @@
         <v>0</v>
       </c>
       <c r="J161" s="104">
         <f>ROUND(J63,2)</f>
         <v>0</v>
       </c>
       <c r="K161" s="104">
         <f>ROUND(K63,2)</f>
         <v>0</v>
       </c>
       <c r="L161" s="105"/>
     </row>
     <row r="162" spans="9:12" ht="14" thickBot="1" x14ac:dyDescent="0.2">
       <c r="I162" s="106"/>
       <c r="L162" s="105"/>
     </row>
     <row r="163" spans="9:12" ht="27.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="I163" s="106"/>
       <c r="J163" s="107" t="s">
         <v>105</v>
       </c>
       <c r="K163" s="107" t="s">
         <v>106</v>
       </c>
       <c r="L163" s="101" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
     </row>
     <row r="164" spans="9:12" ht="14" thickBot="1" x14ac:dyDescent="0.2">
       <c r="I164" s="106"/>
       <c r="J164" s="104">
         <f>ROUND(SUM(J70:J155,J66),2)</f>
         <v>0</v>
       </c>
       <c r="K164" s="104">
         <f>ROUND(SUM(K70:K155,K66),2)</f>
         <v>0</v>
       </c>
       <c r="L164" s="108">
         <f>J168+K168</f>
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="9:12" ht="14" thickBot="1" x14ac:dyDescent="0.2">
       <c r="I165" s="106"/>
       <c r="J165" s="109"/>
       <c r="K165" s="109"/>
       <c r="L165" s="105"/>
     </row>
     <row r="166" spans="9:12" ht="14" thickBot="1" x14ac:dyDescent="0.2">
       <c r="I166" s="106"/>
@@ -5679,51 +5679,51 @@
                     <xdr:rowOff>127000</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13" x14ac:dyDescent="0.15"/>
   <sheetData>
     <row r="5" spans="1:1" ht="86" x14ac:dyDescent="1">
       <c r="A5" s="1" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>